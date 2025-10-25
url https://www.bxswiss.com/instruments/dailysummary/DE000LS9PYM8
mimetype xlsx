--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02839b24635541a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48bbc1f2149645fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76eb99be183647e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea27284f23714d05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5412ec2d8b084632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76eb99be183647e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R540b502511c24fd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea27284f23714d05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Home Office Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>