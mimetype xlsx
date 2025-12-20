--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48bbc1f2149645fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R956f1f215abf4f0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea27284f23714d05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e8515c0ed564e2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R540b502511c24fd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea27284f23714d05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R828691b96feb4326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e8515c0ed564e2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Home Office Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>160,897</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>