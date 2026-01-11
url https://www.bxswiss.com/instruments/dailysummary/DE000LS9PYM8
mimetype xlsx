--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R956f1f215abf4f0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dbc3cee2f7b4bd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e8515c0ed564e2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bad4b502ecb4c69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R828691b96feb4326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e8515c0ed564e2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad1bded521ee4db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bad4b502ecb4c69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Home Office Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>