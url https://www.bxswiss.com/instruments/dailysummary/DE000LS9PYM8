--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dbc3cee2f7b4bd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81d30d21547f43a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bad4b502ecb4c69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R548277a2e01941f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad1bded521ee4db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bad4b502ecb4c69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73bb30d151f84e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R548277a2e01941f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Home Office Technologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>158,517</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>