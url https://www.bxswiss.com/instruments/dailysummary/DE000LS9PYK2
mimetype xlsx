--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f1aaffdf1724777" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R817730002e9c444c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43ccbb0aab1c461b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R066b5ad941814946"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf737e974224440a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43ccbb0aab1c461b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27bf2c2834044ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R066b5ad941814946" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuro and Medical Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>123,014</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>