--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R817730002e9c444c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ea1b7e417d41a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R066b5ad941814946"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5215267ec3b542c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27bf2c2834044ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R066b5ad941814946" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb1c7efe82164177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5215267ec3b542c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuro and Medical Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>