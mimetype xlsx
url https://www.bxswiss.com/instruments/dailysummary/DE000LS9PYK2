--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ea1b7e417d41a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R176042045081483c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5215267ec3b542c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28a7ee9886f940d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb1c7efe82164177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5215267ec3b542c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raafa522b6e264683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28a7ee9886f940d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuro and Medical Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>125,112</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>