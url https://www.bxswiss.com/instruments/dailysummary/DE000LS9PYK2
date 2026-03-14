--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R176042045081483c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d898999eb7e420f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28a7ee9886f940d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R470b85f520c44cc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raafa522b6e264683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28a7ee9886f940d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15bc22ff97e9449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R470b85f520c44cc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuro and Medical Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>