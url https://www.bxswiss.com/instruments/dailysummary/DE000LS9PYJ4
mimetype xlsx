--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b96e340c18c4068" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29ab5ce9098a46d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8903fd2958974ddc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4969db96723e4c03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5e78e0b22c04d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8903fd2958974ddc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bea666f26cf40be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4969db96723e4c03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>114,915</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,972</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>121,489</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>