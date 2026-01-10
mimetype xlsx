--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29ab5ce9098a46d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac68acfb248344d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4969db96723e4c03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9f356454dbb421a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bea666f26cf40be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4969db96723e4c03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a163186b0934d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9f356454dbb421a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,479</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>