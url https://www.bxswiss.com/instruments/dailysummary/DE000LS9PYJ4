--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac68acfb248344d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5e54dd9e374bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9f356454dbb421a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff66c42c125e461b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a163186b0934d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9f356454dbb421a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd67633cdf33941ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff66c42c125e461b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>117,253</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>