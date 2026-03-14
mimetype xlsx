--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5e54dd9e374bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb389d73f7b594db6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff66c42c125e461b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb82637fecf8496d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd67633cdf33941ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff66c42c125e461b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3149dac624164f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb82637fecf8496d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>