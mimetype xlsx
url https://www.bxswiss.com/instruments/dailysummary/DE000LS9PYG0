--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R330a0a979f944b6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12748895a4b24ba6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0caea99b438644b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2602fdb283b44349"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c505cb496d14152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0caea99b438644b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7b6bd770b5e4860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2602fdb283b44349" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlagetrend Robotik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>