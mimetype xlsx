--- v1 (2025-10-25)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12748895a4b24ba6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6fd6517ed2742a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2602fdb283b44349"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fcfb83ac81047b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7b6bd770b5e4860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2602fdb283b44349" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1bb8f0a1714119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fcfb83ac81047b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlagetrend Robotik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>210,173</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>