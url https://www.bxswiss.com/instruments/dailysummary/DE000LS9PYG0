--- v2 (2026-01-16)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6fd6517ed2742a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e30be3b0424956" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fcfb83ac81047b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R910a62bfffd841f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1bb8f0a1714119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fcfb83ac81047b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd132a19b7b54ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R910a62bfffd841f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Anlagetrend Robotik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>218,845</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>