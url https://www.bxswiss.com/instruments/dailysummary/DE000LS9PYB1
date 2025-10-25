--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69f3b2e7818f4a8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71e364e26c3e4a7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0e364a7a9054764"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76987886f4b443ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a44a06eac8b419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0e364a7a9054764" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ca74696e4c345ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76987886f4b443ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Burggraben-Ansatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>123,870</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,489</x:t>
-[...220 lines deleted...]
-          <x:t>125,201</x:t>
+          <x:t>123,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>