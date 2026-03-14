--- v1 (2025-10-25)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71e364e26c3e4a7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43fd5efc0de4432e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76987886f4b443ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2e59a34d3a048ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ca74696e4c345ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76987886f4b443ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3915c81bf70f45a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2e59a34d3a048ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Burggraben-Ansatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,862</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>