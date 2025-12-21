--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4123e21232c4d5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80dfe9db55014d86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd134b7d3ab74e12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b7a160a6514892"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8957e0d1f3224810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd134b7d3ab74e12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R453f22b34fcd49a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b7a160a6514892" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Corona Vaccine Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>140,533</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,079</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>143,594</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,573</x:t>
-[...463 lines deleted...]
-          <x:t>143,423</x:t>
+          <x:t>144,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>