--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80dfe9db55014d86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e5df9a35714ad9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b7a160a6514892"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75d1be41254f42a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R453f22b34fcd49a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b7a160a6514892" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra97699ddf25b4586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75d1be41254f42a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Corona Vaccine Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,443</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,513</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>