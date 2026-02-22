--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e5df9a35714ad9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R381e99d2cfdd4c67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75d1be41254f42a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9787b718221f441c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra97699ddf25b4586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75d1be41254f42a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dbdcb264fc444d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9787b718221f441c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Corona Vaccine Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>151,625</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>