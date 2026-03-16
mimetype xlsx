--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R381e99d2cfdd4c67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R578a71399e754670" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9787b718221f441c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61f2e1081c4d4ce7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dbdcb264fc444d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9787b718221f441c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a27834b070447b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61f2e1081c4d4ce7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Corona Vaccine Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>