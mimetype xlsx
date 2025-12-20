--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ef9e1d814664285" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09f65e9431db4c1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R893e210193794e4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R417f59be760247e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4683123efd81453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R893e210193794e4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra71261db836245e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R417f59be760247e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SRC Mining Special Situations</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.753,791</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.516,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.548,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.562,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.548,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.560,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.493,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.490,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.575,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.555,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.735,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.777,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.754,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.743,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.745,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.735,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.743,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>