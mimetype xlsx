--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09f65e9431db4c1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R355cad0fbf3140d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R417f59be760247e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26bc508cae1943b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra71261db836245e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R417f59be760247e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31cfb2da7bb546d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26bc508cae1943b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SRC Mining Special Situations</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.721,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.723,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.683,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.707,281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.744,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.796,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.743,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.796,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.863,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>