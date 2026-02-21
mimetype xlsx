--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R355cad0fbf3140d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98f2d4bdbc7743c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26bc508cae1943b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26715cbcf9f047b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31cfb2da7bb546d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26bc508cae1943b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2af5b6a93521408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26715cbcf9f047b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SRC Mining Special Situations</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.853,519</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.102,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.124,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.102,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.121,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.130,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.166,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.121,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.151,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.203,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.204,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.163,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.183,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.139,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.142,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.043,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.095,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.157,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.167,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.137,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.156,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.179,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.182,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.038,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.038,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.960,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.002,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.964,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.889,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.966,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.982,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.961,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.978,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.018,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.021,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.014,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.912,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.916,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.912,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.916,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.924,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.904,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.924,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.975,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.975,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.975,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.887,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.887,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.902,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.901,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.903,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.906,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.924,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.906,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.912,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.940,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.940,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>