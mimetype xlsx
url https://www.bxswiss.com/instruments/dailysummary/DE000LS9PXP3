--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98f2d4bdbc7743c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9832d65dddbd455d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26715cbcf9f047b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e4f86550e6844de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2af5b6a93521408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26715cbcf9f047b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb59083e3ed5e43fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e4f86550e6844de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SRC Mining Special Situations</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.924,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.930,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.904,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.924,294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -751,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.940,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.948,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.938,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.940,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.972,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.997,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.967,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.980,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.980,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.988,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.940,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.983,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.027,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.037,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.027,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.011,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.013,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.983,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.007,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.048,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.051,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.030,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.031,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.090,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.091,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.088,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.091,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.090,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.091,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.088,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.091,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.985,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.999,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.963,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.992,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.975,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.975,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.916,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.916,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.901,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.905,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.899,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.926,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.886,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.913,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.878,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>