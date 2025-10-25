--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11b6dfe08bdb44fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac2f80814954666" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R120eff5e62b74f79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dfc60a976e44965"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R804388004e534b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R120eff5e62b74f79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R401f190165fa4bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dfc60a976e44965" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International World Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>