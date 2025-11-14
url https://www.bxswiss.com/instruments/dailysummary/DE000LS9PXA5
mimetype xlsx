--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ac2f80814954666" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fbc46a3377e4e32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dfc60a976e44965"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R494db6b26cde40be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R401f190165fa4bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dfc60a976e44965" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcc9e90226b542bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R494db6b26cde40be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International World Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>