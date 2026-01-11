--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fbc46a3377e4e32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33173e47d0e14e1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R494db6b26cde40be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf5e082299d845f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcc9e90226b542bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R494db6b26cde40be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bf917bec1674152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf5e082299d845f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International World Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>110,759</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,569</x:t>
-[...33 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>110,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,330</x:t>
-[...198 lines deleted...]
-          <x:t>113,207</x:t>
+          <x:t>111,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>