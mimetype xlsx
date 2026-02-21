--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33173e47d0e14e1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9750b4fc735042fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf5e082299d845f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc60247b835f8411c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bf917bec1674152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf5e082299d845f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93d863f9a7e744f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc60247b835f8411c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International World Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>107,420</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>