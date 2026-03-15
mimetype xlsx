--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9750b4fc735042fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39cf8c8a1d8c4cfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc60247b835f8411c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfca3863a18b4fa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93d863f9a7e744f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc60247b835f8411c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a4915b2d28d45e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfca3863a18b4fa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value International World Food</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PXA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,967</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>