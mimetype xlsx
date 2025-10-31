--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb149d8a1e4c041be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R927b501a8e3c4051" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b9aabe452fb4ea2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Readbc2a7bfab4403"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f3e02bce27e4c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b9aabe452fb4ea2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd03ac2fcf6f54a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Readbc2a7bfab4403" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>186,363</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,798</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>191,765</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>