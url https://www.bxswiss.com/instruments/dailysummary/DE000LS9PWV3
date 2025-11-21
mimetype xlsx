--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R927b501a8e3c4051" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba35c77aaf2f4704" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Readbc2a7bfab4403"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa1459910f14d77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd03ac2fcf6f54a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Readbc2a7bfab4403" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14ed0351b6f54851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa1459910f14d77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>