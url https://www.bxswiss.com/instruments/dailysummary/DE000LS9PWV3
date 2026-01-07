--- v2 (2025-11-21)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba35c77aaf2f4704" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68f6e82c055643a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa1459910f14d77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c9023ae7c82424d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14ed0351b6f54851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa1459910f14d77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raec7b72039b946c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c9023ae7c82424d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...566 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,408</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>186,664</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>