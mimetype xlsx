--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68f6e82c055643a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f2b8603fac547a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c9023ae7c82424d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2e6b2bf37694405"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raec7b72039b946c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c9023ae7c82424d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15e6a9d6f7524299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2e6b2bf37694405" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>192,131</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>