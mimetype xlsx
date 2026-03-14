--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f2b8603fac547a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0803291cb89a46ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2e6b2bf37694405"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7781635cd9024a53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15e6a9d6f7524299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2e6b2bf37694405" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ffc863e2b3040b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7781635cd9024a53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>