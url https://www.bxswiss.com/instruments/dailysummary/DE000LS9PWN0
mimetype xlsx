--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbea8a983290245d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fb1d82058324e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d7e63b2dd3b4f70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R932d59b5bb6f40b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9eb0380bba1417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d7e63b2dd3b4f70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c9cc195ada5462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R932d59b5bb6f40b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of Austria</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>