--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fb1d82058324e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ff0ccd1795945d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R932d59b5bb6f40b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf21383c3c4491d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c9cc195ada5462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R932d59b5bb6f40b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5b77e5dbcde45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf21383c3c4491d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of Austria</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>157,428</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>