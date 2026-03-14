--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ff0ccd1795945d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e6423bdfc847a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf21383c3c4491d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd616718e25c44a7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5b77e5dbcde45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf21383c3c4491d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0208a776847544a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd616718e25c44a7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of Austria</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>159,083</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,542</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>163,034</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>