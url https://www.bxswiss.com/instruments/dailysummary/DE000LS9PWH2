--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3cffda2101f4505" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8529f09812e42e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e61b590be04834"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb13a83d60950470c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6328cc1a229e4553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e61b590be04834" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62abd3177aa14550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb13a83d60950470c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 100 Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>163,523</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,198</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>163,669</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>