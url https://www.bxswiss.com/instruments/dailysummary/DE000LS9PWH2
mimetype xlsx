--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8529f09812e42e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9301857bd0024384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb13a83d60950470c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc1ff9405d924d6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62abd3177aa14550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb13a83d60950470c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41045c515d314b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc1ff9405d924d6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 100 Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>169,505</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>