--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9301857bd0024384" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fe2052d05094f10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc1ff9405d924d6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d1f4fd12b924549"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41045c515d314b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc1ff9405d924d6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ab7af1382804b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d1f4fd12b924549" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 100 Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,804</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>