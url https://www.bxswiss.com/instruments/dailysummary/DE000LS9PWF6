--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8cba17096964445" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272642714f03479e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe26619f4c66496a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68e6c0247854421b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23f6d17341034e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe26619f4c66496a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0206c4f664a54b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68e6c0247854421b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAX - German Global Export</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>123,375</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,394</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...413 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,611</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>