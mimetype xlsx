--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272642714f03479e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc48f3c41a5d4292" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68e6c0247854421b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd23150954aaa4f13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0206c4f664a54b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68e6c0247854421b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10fe5154375640e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd23150954aaa4f13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAX - German Global Export</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>125,850</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>