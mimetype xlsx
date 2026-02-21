--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc48f3c41a5d4292" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae0f37be9b0d4964" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd23150954aaa4f13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R095a41f459ec435f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10fe5154375640e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd23150954aaa4f13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60152ffced8f420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R095a41f459ec435f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAX - German Global Export</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...468 lines deleted...]
-          <x:t>136,264</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,486</x:t>
+          <x:t>136,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>