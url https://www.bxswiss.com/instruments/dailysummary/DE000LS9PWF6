--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae0f37be9b0d4964" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc32a5072c5a4c38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R095a41f459ec435f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7df4378e04ba4228"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60152ffced8f420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R095a41f459ec435f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R801d807c8fc144b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7df4378e04ba4228" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAX - German Global Export</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,719</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>