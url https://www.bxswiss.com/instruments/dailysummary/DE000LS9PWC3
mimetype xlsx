--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c2c69257d049ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R567e883cd7e44ad8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70d71f9dbca84b19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R422d6a41d7924ef4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcec333e4505a4e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70d71f9dbca84b19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e11884546e245cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R422d6a41d7924ef4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>