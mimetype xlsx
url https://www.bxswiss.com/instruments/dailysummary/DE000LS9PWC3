--- v1 (2026-01-12)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R567e883cd7e44ad8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff7faa9a4254c5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R422d6a41d7924ef4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31a50a23ea464050"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e11884546e245cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R422d6a41d7924ef4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dfb7c1c4c714eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31a50a23ea464050" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>225,014</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>