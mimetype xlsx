--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff7faa9a4254c5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6f86f112f744482" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31a50a23ea464050"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22781563ffa34889"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dfb7c1c4c714eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31a50a23ea464050" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R528e3ba76ea047b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22781563ffa34889" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 Community Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>