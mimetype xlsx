--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20428339bf4344ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf17739a3bf094633" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbe4788ad4504c2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a6fd90ac2774001"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f34d8ddc9ae4af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbe4788ad4504c2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80d9a1e7883845d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a6fd90ac2774001" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Story Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>316,524</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...370 lines deleted...]
-          <x:t>325,204</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>