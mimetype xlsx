--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf17739a3bf094633" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5780159182944285" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a6fd90ac2774001"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2094ed80e63a486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80d9a1e7883845d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a6fd90ac2774001" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racbe32e304c24669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2094ed80e63a486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Story Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>306,348</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>