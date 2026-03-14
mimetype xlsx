--- v2 (2026-01-08)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5780159182944285" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55bc4076bfef46c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2094ed80e63a486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf66d138ab2e345bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racbe32e304c24669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2094ed80e63a486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10d9bad43d954c2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf66d138ab2e345bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Story Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>308,591</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>