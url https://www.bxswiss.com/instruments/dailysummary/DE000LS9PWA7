--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6557814355e43c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3739513dcf34a0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3ed986c67354012"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc94e3d49a0ea4e65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf26e4d87bb94e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3ed986c67354012" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d5eb8935ef84bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc94e3d49a0ea4e65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 50 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>