--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3739513dcf34a0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59a3b02fd3ec4e80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc94e3d49a0ea4e65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c133c0040ad49e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d5eb8935ef84bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc94e3d49a0ea4e65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R755cc4cbc43d4a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c133c0040ad49e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 50 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>