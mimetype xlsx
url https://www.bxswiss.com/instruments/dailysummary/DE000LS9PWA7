--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59a3b02fd3ec4e80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d74d4dcc9134c8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c133c0040ad49e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a0d34ede1654853"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R755cc4cbc43d4a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c133c0040ad49e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc60168fd5f324000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a0d34ede1654853" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 50 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>179,315</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>