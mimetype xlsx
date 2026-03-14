--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d74d4dcc9134c8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c1b81c7680048bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a0d34ede1654853"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c34f7fbca64429d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc60168fd5f324000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a0d34ede1654853" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d268b1b48ba4b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c34f7fbca64429d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 50 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PWA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>167,633</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>167,633</x:t>
-[...274 lines deleted...]
-          <x:t>170,889</x:t>
+          <x:t>169,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>