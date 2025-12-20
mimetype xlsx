--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra47587b46ee74b7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3335c2900614d48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf6ee618596b47c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0edd36d75544c17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab54befc72724354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf6ee618596b47c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85e9eae448ed4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0edd36d75544c17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 50 Community Aktien MOW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>180,715</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>