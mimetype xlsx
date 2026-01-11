--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3335c2900614d48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed4b5f436b441d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0edd36d75544c17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90be7547658a491d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85e9eae448ed4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0edd36d75544c17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb27f52d32a6a4cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90be7547658a491d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 50 Community Aktien MOW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>