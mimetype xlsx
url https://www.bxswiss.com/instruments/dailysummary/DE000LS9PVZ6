--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed4b5f436b441d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd9471fdbb31487d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90be7547658a491d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8cb0ef79d3447b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb27f52d32a6a4cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90be7547658a491d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1832409eb10a4fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8cb0ef79d3447b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 50 Community Aktien MOW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>187,748</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>