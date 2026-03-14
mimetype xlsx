--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd9471fdbb31487d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fe309e0024b4b95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8cb0ef79d3447b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5da3f544ce1b41f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1832409eb10a4fa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8cb0ef79d3447b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00b2f916d0e849ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5da3f544ce1b41f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 50 Community Aktien MOW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,140</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>