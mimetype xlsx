--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf13813af92b436f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c7d94c72e03424c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1c2908ff2f64c98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdda87cdafeaf4604"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6fc204749cc4a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1c2908ff2f64c98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b5f449fd04442cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdda87cdafeaf4604" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BUY L0W SELL H1GH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>694,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>698,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>680,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>697,701</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>743,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>781,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>737,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>777,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>865,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>865,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>927,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>