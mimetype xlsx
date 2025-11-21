--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c7d94c72e03424c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e80f33bb1d41b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdda87cdafeaf4604"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42e9102de825401e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b5f449fd04442cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdda87cdafeaf4604" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra46c76257ab841ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42e9102de825401e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BUY L0W SELL H1GH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>876,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>877,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>866,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>874,054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>920,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>925,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>908,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>910,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>865,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,612</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>