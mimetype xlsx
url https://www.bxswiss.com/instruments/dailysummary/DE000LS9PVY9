--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e80f33bb1d41b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27116589119244aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42e9102de825401e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb74b5445d214414"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra46c76257ab841ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42e9102de825401e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9a4d2fd28eb4d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb74b5445d214414" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BUY L0W SELL H1GH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>825,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>831,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>801,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>817,168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>862,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>862,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>822,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>824,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>