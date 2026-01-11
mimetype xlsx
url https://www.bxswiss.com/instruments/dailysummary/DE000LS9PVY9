--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27116589119244aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racd6e8cae38c4220" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb74b5445d214414"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ff0ce5de974bfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9a4d2fd28eb4d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb74b5445d214414" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7240b5bc62e478c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ff0ce5de974bfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BUY L0W SELL H1GH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>818,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>820,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>803,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>805,948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>754,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>772,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>750,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>768,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>