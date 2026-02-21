--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racd6e8cae38c4220" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd063b82fb457443e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ff0ce5de974bfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e50a7c546e246be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7240b5bc62e478c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ff0ce5de974bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf62b4ebdd0b64bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e50a7c546e246be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BUY L0W SELL H1GH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>775,432</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>