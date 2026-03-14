--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd063b82fb457443e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aeebed1ebb3465f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e50a7c546e246be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ea324f904049f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf62b4ebdd0b64bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e50a7c546e246be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8043948824134d6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ea324f904049f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BUY L0W SELL H1GH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>735,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>738,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>727,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>734,047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>717,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>720,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>710,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>713,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>