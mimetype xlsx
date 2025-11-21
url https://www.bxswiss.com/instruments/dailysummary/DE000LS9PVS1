--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aacb1fecd2746ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f4e3c904a7746bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R530a63c06f1a4a24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cfdf2f85f1d4394"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4efcd71ca301416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R530a63c06f1a4a24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a5afe06eb3143ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cfdf2f85f1d4394" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 Community Aktien L</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>204,782</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>