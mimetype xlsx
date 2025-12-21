--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f4e3c904a7746bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84dc32e304ba4bdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cfdf2f85f1d4394"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c2ed67913fa4ee4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a5afe06eb3143ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cfdf2f85f1d4394" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R525f2b33d8e847cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c2ed67913fa4ee4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 Community Aktien L</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,359</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>