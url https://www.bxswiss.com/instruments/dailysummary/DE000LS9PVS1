--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84dc32e304ba4bdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fd36fcc2fcb44eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c2ed67913fa4ee4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8a0411ca35d4408"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R525f2b33d8e847cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c2ed67913fa4ee4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7c445ba228e40f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8a0411ca35d4408" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 Community Aktien L</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>