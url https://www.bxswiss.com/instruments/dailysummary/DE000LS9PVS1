--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fd36fcc2fcb44eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94631de497354069" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8a0411ca35d4408"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1158dbc11064d8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7c445ba228e40f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8a0411ca35d4408" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6754141ebc8549e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1158dbc11064d8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 Community Aktien L</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>202,664</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>