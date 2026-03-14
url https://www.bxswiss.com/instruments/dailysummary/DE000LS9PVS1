--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94631de497354069" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46e3d541a276450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1158dbc11064d8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c42627e556542e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6754141ebc8549e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1158dbc11064d8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cbfa901d3124155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c42627e556542e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 Community Aktien L</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>