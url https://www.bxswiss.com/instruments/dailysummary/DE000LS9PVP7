--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bcfaf2bc3714ca2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90bac453795f4d74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41b763bf1b6d4795"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a08b2b851434290"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R285f4139ef9742e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41b763bf1b6d4795" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3c27f3e885843e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a08b2b851434290" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>