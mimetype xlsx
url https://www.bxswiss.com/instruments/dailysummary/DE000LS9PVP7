--- v1 (2025-10-25)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90bac453795f4d74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3b542f0b54c433b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a08b2b851434290"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fb15b853aca4d83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3c27f3e885843e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a08b2b851434290" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cbe2efe5f41455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fb15b853aca4d83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,130 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>147,859</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>