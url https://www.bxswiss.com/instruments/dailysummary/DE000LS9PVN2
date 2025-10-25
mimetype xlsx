--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f8e83ba68b446b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dbc055b4ee7406a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R130f0e5407b64728"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9b09c1150914449"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e5acae084c7470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R130f0e5407b64728" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6757d2636245db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9b09c1150914449" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuer Trend Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,836</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>