--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dbc055b4ee7406a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc49033539ca44ae9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9b09c1150914449"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8331f3c9e4394a09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6757d2636245db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9b09c1150914449" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf006f1eccb754591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8331f3c9e4394a09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuer Trend Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>78,762</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,326</x:t>
-[...490 lines deleted...]
-          <x:t>87,174</x:t>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>