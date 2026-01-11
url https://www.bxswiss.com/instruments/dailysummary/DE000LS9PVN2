--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc49033539ca44ae9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9bf3d3c1e2a43ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8331f3c9e4394a09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e26187290314f75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf006f1eccb754591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8331f3c9e4394a09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeb578ef967a44e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e26187290314f75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuer Trend Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>