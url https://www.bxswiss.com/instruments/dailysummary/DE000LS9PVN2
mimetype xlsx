--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9bf3d3c1e2a43ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad39448311144b7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e26187290314f75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R942aedde0c074d86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeb578ef967a44e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e26187290314f75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba4fbbad2eca4f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R942aedde0c074d86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuer Trend Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>76,343</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>