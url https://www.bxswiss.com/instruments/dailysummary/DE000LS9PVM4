--- v0 (2025-10-24)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refbbb3dd4bdb461b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4affe7c0ba524024" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd5f80b63c1f42c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64bcb015b2dd4527"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03084b1eb9ef4bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd5f80b63c1f42c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c3ca6c524f74e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64bcb015b2dd4527" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aerospace and Defense Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>238,049</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>