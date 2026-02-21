--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4affe7c0ba524024" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b60d27f4db64f11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64bcb015b2dd4527"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c23d2985e4840e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c3ca6c524f74e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64bcb015b2dd4527" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f3b09c164904afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c23d2985e4840e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aerospace and Defense Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PVM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>249,514</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>