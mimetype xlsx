--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R157ba0f5365045c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4134a0c10b944bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90fbe96f7a5449ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0014099542494fef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1980a430b2a7421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90fbe96f7a5449ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48f5e1e964eb4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0014099542494fef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>384,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>