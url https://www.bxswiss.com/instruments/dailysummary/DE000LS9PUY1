--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4134a0c10b944bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27b37bdbecae4163" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0014099542494fef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d9716937a445d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48f5e1e964eb4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0014099542494fef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd42695df0c164296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d9716937a445d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>406,114</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>