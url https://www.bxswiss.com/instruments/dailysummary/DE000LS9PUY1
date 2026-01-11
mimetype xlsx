--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27b37bdbecae4163" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R638624f1860f4dcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d9716937a445d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02e4e32808864f73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd42695df0c164296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d9716937a445d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc11e1e7b982d4f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02e4e32808864f73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>407,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>407,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>407,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>