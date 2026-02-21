--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R638624f1860f4dcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R079927284d8b4ff2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02e4e32808864f73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84c6d62942a04fab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc11e1e7b982d4f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02e4e32808864f73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc581e643d5345ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84c6d62942a04fab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>404,553</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>407,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>401,679</x:t>
-[...355 lines deleted...]
-          <x:t>415,101</x:t>
+          <x:t>407,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>