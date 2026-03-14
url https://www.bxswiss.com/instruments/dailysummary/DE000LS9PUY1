--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R079927284d8b4ff2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae1f177907624051" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84c6d62942a04fab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04367b04a7e44bd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc581e643d5345ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84c6d62942a04fab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6ff17c0c48743f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04367b04a7e44bd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Globale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>