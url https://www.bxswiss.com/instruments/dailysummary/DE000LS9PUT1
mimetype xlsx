--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R296d4265b175455b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ec8205409f41a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a15599e54bf48fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reef002db3e74422a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5efadec08d654859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a15599e54bf48fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e8834ea68f41aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reef002db3e74422a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 100 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>