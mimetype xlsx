--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ec8205409f41a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R665024ddc45c4778" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reef002db3e74422a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde87783323b646d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e8834ea68f41aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reef002db3e74422a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R380d284dd6c7429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde87783323b646d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 100 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,969</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>