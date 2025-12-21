--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R665024ddc45c4778" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad997b39b3834dce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde87783323b646d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6167c9b4840455b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R380d284dd6c7429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde87783323b646d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb67aa96a0fb249a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6167c9b4840455b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 100 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>