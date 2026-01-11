--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad997b39b3834dce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b3917614db14e75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6167c9b4840455b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb422926988d4d8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb67aa96a0fb249a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6167c9b4840455b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re72197e09a5f4e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb422926988d4d8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 100 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,387</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>