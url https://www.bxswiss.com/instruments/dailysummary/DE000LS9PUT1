--- v4 (2026-01-11)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b3917614db14e75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac21faed0bf41db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb422926988d4d8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ded7a56b2154437"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re72197e09a5f4e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb422926988d4d8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c5b5dbcae8a4722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ded7a56b2154437" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 100 Community Aktien M</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>155,428</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>