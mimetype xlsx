--- v0 (2025-10-04)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb86ca70d38054699" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf517543e4b6b448b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8555fa9927ef49c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e8556394f834212"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d2a012c83c47af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8555fa9927ef49c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8700536083cc47c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e8556394f834212" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>159,552</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>