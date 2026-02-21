--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf517543e4b6b448b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb54f8cfb6314645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e8556394f834212"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd346e3065af3465d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8700536083cc47c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e8556394f834212" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e59a766031f4c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd346e3065af3465d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>162,776</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>