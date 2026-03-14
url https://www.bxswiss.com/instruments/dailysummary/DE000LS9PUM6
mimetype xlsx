--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb54f8cfb6314645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e8823a02ef408e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd346e3065af3465d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R692f12b36b634b60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e59a766031f4c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd346e3065af3465d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0bc07207d5d47c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R692f12b36b634b60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>