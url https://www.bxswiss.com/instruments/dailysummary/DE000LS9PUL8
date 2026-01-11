--- v0 (2025-10-03)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ebb072a408f487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb55773d13fb1425c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b25d63a68a4fbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab8081ab9fd4b4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1a7a6abff544ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b25d63a68a4fbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bedbc27181f477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab8081ab9fd4b4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto auf und davon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>334,236</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>