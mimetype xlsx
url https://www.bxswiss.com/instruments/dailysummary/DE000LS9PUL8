--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb55773d13fb1425c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58335140efa2458c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab8081ab9fd4b4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc352bd0568e34c37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bedbc27181f477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab8081ab9fd4b4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re03c6e7317fd4cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc352bd0568e34c37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto auf und davon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>279,251</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>