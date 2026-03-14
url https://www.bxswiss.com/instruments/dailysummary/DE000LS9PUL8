--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58335140efa2458c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rced768ec35f5458f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc352bd0568e34c37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb3503b0223f46ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re03c6e7317fd4cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc352bd0568e34c37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e0651c4b8a24f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb3503b0223f46ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto auf und davon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>