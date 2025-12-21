--- v0 (2025-10-03)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R751e875f34704bc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e3603dd9e14525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2d95f84216548e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ac70cad36a842e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86dde9a7fd5d4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2d95f84216548e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57c9cb617b0e44cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ac70cad36a842e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAMO Global Equity A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>147,753</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>