--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e3603dd9e14525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R334bac0291b840f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ac70cad36a842e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R032233c13f2e45d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57c9cb617b0e44cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ac70cad36a842e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf9c36c70a17479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R032233c13f2e45d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAMO Global Equity A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>