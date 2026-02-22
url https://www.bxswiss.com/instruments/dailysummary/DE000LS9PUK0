--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R334bac0291b840f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc754f699380e4888" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R032233c13f2e45d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9afba7b8e43445ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf9c36c70a17479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R032233c13f2e45d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc456d6bc5534ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9afba7b8e43445ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAMO Global Equity A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,743</x:t>
-[...306 lines deleted...]
-          <x:t>154,249</x:t>
+          <x:t>150,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>