--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc754f699380e4888" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R764ec26e38ca47b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9afba7b8e43445ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re334397a056148df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc456d6bc5534ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9afba7b8e43445ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8ec10ed6aae44a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re334397a056148df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAMO Global Equity A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,807</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>149,299</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>