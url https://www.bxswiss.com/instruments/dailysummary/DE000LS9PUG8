--- v0 (2025-10-31)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9e990f08f4d4c30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf67d30c9ab834078" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6dc52b913534dea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref01bafafcd54f0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f76dc80d78b4284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6dc52b913534dea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d79fca258a4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref01bafafcd54f0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Best S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>235,074</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>