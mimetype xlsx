--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf67d30c9ab834078" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dbd70ae9bc646f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref01bafafcd54f0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a9bb2f3d93b4913"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d79fca258a4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref01bafafcd54f0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86f7e69434834746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a9bb2f3d93b4913" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Best S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>232,916</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>