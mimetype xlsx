--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dbd70ae9bc646f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8805908dbbcf4687" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a9bb2f3d93b4913"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90346d65f6f84eea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86f7e69434834746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a9bb2f3d93b4913" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R631036ee355549d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90346d65f6f84eea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Best S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,919</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>