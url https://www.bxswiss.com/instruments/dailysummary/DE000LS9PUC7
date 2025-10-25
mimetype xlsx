--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd8624bfee8a4425" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6560118a0de42bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ba1efec9bcd4616"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8708bbe1a39843a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd93f37bde11c4eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ba1efec9bcd4616" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf6f00fee1994c69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8708bbe1a39843a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends PB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,234</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>