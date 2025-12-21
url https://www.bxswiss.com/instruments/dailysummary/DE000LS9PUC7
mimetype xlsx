--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6560118a0de42bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32f74272ea14bfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8708bbe1a39843a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f27bbf36816413c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf6f00fee1994c69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8708bbe1a39843a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf5cdbeaf30549b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f27bbf36816413c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends PB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>146,458</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>