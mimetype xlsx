--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32f74272ea14bfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R536997d89223481c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f27bbf36816413c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcad163601b8e4aaa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf5cdbeaf30549b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f27bbf36816413c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e54e7bcaa114532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcad163601b8e4aaa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends PB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>