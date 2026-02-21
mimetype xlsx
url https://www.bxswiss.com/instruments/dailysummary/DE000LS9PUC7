--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R536997d89223481c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7858286e52664e74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcad163601b8e4aaa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98e2e5529f84499c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e54e7bcaa114532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcad163601b8e4aaa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b5a559d09e74006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98e2e5529f84499c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends PB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>153,367</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>