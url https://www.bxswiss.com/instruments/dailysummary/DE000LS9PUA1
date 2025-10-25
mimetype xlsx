--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ac3ead793ae4689" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd611f9b41304997" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f36d90fe05b4877"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce8f5cb0075a4790"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23dc2feda745411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f36d90fe05b4877" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re36e066f5b2142b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce8f5cb0075a4790" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>102,991</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,441</x:t>
-[...409 lines deleted...]
-          <x:t>106,854</x:t>
+          <x:t>104,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>