--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd611f9b41304997" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1b8ca87529c464d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce8f5cb0075a4790"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00b4f2562eb41aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re36e066f5b2142b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce8f5cb0075a4790" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e76f267779d4454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00b4f2562eb41aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>106,463</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>