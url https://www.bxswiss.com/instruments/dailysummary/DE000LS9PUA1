--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1b8ca87529c464d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R106ca089fa774130" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00b4f2562eb41aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8c96331d5614067"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e76f267779d4454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00b4f2562eb41aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6964c99fddf541b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8c96331d5614067" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>