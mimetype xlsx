--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R106ca089fa774130" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cafd3619f884dac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8c96331d5614067"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78aeea2095b8401d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6964c99fddf541b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8c96331d5614067" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5228e051142041fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78aeea2095b8401d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>97,130</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,919</x:t>
-[...124 lines deleted...]
-          <x:t>97,374</x:t>
+          <x:t>95,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,958</x:t>
-[...242 lines deleted...]
-          <x:t>105,386</x:t>
+          <x:t>96,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>