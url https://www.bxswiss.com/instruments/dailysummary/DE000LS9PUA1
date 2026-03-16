--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cafd3619f884dac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc281a9e9468d4b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78aeea2095b8401d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd09001e62fb4c36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5228e051142041fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78aeea2095b8401d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf4d678ae4e2438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd09001e62fb4c36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PUA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>