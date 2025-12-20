--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd1d451c79a147a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12e45457d0804b6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceb354e7ab7645bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76bbc3a2335a4f51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43e94af8bb404165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceb354e7ab7645bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cf3c24b243946b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76bbc3a2335a4f51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Subscription Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>128,820</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>