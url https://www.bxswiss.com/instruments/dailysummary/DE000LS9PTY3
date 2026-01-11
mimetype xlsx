--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12e45457d0804b6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce90e1ee3eb9461d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76bbc3a2335a4f51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5a92f6522834f77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cf3c24b243946b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76bbc3a2335a4f51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b8fd22eaf624f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5a92f6522834f77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Subscription Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,194</x:t>
-[...548 lines deleted...]
-        <x:is>
           <x:t>118,069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>