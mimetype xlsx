--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce90e1ee3eb9461d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a896899d044c1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5a92f6522834f77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re92914528e9942a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b8fd22eaf624f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5a92f6522834f77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f1f91638744c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re92914528e9942a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Subscription Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>114,936</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>