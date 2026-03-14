--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a896899d044c1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6115ade511be489e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re92914528e9942a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79a1c8581f514610"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f1f91638744c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re92914528e9942a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92efe7b33efd4f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79a1c8581f514610" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Subscription Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>