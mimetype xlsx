--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38f553ee4ef74df4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20bf876612ac4a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R793716a1b5194782"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c02d1c33154aa0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6883138ca348473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R793716a1b5194782" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb41ed50426d4742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c02d1c33154aa0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Tech-Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,026</x:t>
-[...143 lines deleted...]
-        <x:is>
           <x:t>115,464</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,724</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>