--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20bf876612ac4a12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3972e5cf5f6e4a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c02d1c33154aa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9067f0d7ce4f4714"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb41ed50426d4742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c02d1c33154aa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76b5125abf144ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9067f0d7ce4f4714" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Tech-Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,233</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>