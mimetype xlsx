--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3972e5cf5f6e4a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0b4aa2ef0fe447d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9067f0d7ce4f4714"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31a74983a1dd4506"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76b5125abf144ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9067f0d7ce4f4714" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dc2931d9eb54105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31a74983a1dd4506" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Tech-Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>