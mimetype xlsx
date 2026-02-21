--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0b4aa2ef0fe447d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e888efae68647ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31a74983a1dd4506"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a4f8672e55f4b92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dc2931d9eb54105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31a74983a1dd4506" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf3afd54d7084945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a4f8672e55f4b92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Tech-Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>112,695</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>