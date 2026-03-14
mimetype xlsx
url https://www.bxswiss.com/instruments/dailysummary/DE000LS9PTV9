--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e888efae68647ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4462f9d9b0fd40be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a4f8672e55f4b92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b2cbd8ea2a441e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf3afd54d7084945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a4f8672e55f4b92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff75fbd4642c4f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b2cbd8ea2a441e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Tech-Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>