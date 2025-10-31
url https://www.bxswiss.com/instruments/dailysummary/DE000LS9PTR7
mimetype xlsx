--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd77f18df2f134707" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d840c97c7ca409c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73c41f773a45420f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc78cdac0b68b41b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R836818d1b5cd47eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73c41f773a45420f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdaaba5fbeab4fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc78cdac0b68b41b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule Number One</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>