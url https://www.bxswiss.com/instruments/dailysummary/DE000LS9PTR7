--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d840c97c7ca409c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59cbb9a12b2f4f71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc78cdac0b68b41b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21031e2ea7dd434a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdaaba5fbeab4fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc78cdac0b68b41b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfb7248efef04450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21031e2ea7dd434a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule Number One</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>200,672</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>197,254</x:t>
-[...242 lines deleted...]
-          <x:t>218,743</x:t>
+          <x:t>198,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>