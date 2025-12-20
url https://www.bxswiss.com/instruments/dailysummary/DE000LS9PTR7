--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59cbb9a12b2f4f71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8956d9a1268d4d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21031e2ea7dd434a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdea3ac66391b42bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfb7248efef04450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21031e2ea7dd434a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5faa74b808b84c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdea3ac66391b42bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule Number One</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>