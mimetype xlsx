--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8956d9a1268d4d39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc473d1a3455a49f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdea3ac66391b42bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R590bf05a028c4826"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5faa74b808b84c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdea3ac66391b42bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95f2d10ce9dd42b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R590bf05a028c4826" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule Number One</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>195,301</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>193,575</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>195,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,072</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>