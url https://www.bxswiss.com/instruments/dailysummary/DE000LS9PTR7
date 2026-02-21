--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc473d1a3455a49f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d2a690ec9d94e53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R590bf05a028c4826"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c5735f54c84325"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95f2d10ce9dd42b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R590bf05a028c4826" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6268f86469194b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c5735f54c84325" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule Number One</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>198,047</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>