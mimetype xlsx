--- v0 (2025-11-24)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57386490467d47b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3082925e629d4825" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd860a2a715524bc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8462633741b8487c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec8f5743784248f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd860a2a715524bc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce13e84788eb439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8462633741b8487c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige ESG Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>111,456</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>