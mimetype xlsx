--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3082925e629d4825" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re20815da76f14dc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8462633741b8487c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d3320dd37314ed1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce13e84788eb439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8462633741b8487c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re74c18df2ffb46c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d3320dd37314ed1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige ESG Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PTP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,321</x:t>
-[...251 lines deleted...]
-        <x:is>
           <x:t>108,639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,512</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>