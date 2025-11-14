--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f7e85815b9e48be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e5560c66fdb4474" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50c274034ecd4303"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90efb5ed29d84e8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f86f28b05364189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50c274034ecd4303" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R886822d8a5b3468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90efb5ed29d84e8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aus Industrielaendern</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>99,927</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>