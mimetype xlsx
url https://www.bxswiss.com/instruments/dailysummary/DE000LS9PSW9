--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e5560c66fdb4474" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra498ea4015cc40ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90efb5ed29d84e8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea39a9ece0d94e14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R886822d8a5b3468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90efb5ed29d84e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b355eac6a494f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea39a9ece0d94e14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aus Industrielaendern</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...274 lines deleted...]
-          <x:t>100,302</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,032</x:t>
-[...16 lines deleted...]
-          <x:t>100,058</x:t>
+          <x:t>100,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,147</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>99,716</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>31.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,833</x:t>
-[...252 lines deleted...]
-          <x:t>97,918</x:t>
+          <x:t>100,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>