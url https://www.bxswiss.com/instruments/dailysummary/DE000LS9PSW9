--- v2 (2025-12-21)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra498ea4015cc40ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25804787cf1e4615" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea39a9ece0d94e14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25b8cc10d55a4a05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b355eac6a494f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea39a9ece0d94e14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20f37cc3fce04780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25b8cc10d55a4a05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aus Industrielaendern</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>99,940</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,756</x:t>
-[...436 lines deleted...]
-          <x:t>100,197</x:t>
+          <x:t>100,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>