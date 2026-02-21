--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25804787cf1e4615" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra16b595c59aa4705" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25b8cc10d55a4a05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fa406cef7904847"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20f37cc3fce04780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25b8cc10d55a4a05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R168150ccc5f14ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fa406cef7904847" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aus Industrielaendern</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>101,002</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>