--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra16b595c59aa4705" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab402f92fc2949b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fa406cef7904847"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a0b945d419a4966"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R168150ccc5f14ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fa406cef7904847" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bccad53294848bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a0b945d419a4966" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien aus Industrielaendern</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>