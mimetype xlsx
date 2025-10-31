--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc43a73c997fe49c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4427062987984b94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd101d9c6bb74d9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1ffb714e2734406"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39565287c9304479" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd101d9c6bb74d9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f967ca89d184cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1ffb714e2734406" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Alpha Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>116,265</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,490</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>117,709</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>