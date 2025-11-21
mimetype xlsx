--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4427062987984b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ce9f4b0f98d4303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1ffb714e2734406"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ed9a966ba7a460d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f967ca89d184cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1ffb714e2734406" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b650398bbcd4af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ed9a966ba7a460d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Alpha Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>113,565</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,527</x:t>
-[...247 lines deleted...]
-          <x:t>117,150</x:t>
+          <x:t>116,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>