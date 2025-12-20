--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ce9f4b0f98d4303" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d2ac537adf54b98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ed9a966ba7a460d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0960bf6d21bc4a86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b650398bbcd4af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ed9a966ba7a460d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1489ffe726144230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0960bf6d21bc4a86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Alpha Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>