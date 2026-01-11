--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d2ac537adf54b98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae6cf41fe344b38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0960bf6d21bc4a86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89bae69f3bb349ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1489ffe726144230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0960bf6d21bc4a86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re32c440080d944c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89bae69f3bb349ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Alpha Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>121,234</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,062</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...366 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>