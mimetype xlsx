--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae6cf41fe344b38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc26c735f708c47f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89bae69f3bb349ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc48026d2c89c410b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re32c440080d944c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89bae69f3bb349ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9ccb87950b34494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc48026d2c89c410b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Alpha Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...414 lines deleted...]
-          <x:t>126,222</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,141</x:t>
-[...26 lines deleted...]
-          <x:t>126,658</x:t>
+          <x:t>123,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>