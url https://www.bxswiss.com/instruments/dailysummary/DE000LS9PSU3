--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc26c735f708c47f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb65bca0b4f948ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc48026d2c89c410b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R395d7acb58424e85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9ccb87950b34494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc48026d2c89c410b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e2213a4a704f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R395d7acb58424e85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Alpha Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>122,169</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,967</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...415 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>