--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf16cfa9e519a4d50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra91777e28e29487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b5dce400ceb4060"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44212a289de04beb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56722caa7c784973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b5dce400ceb4060" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc48c9db1b8504054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44212a289de04beb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Primary Blue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>378,649</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>377,114</x:t>
-[...273 lines deleted...]
-        <x:is>
           <x:t>383,250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,293</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>