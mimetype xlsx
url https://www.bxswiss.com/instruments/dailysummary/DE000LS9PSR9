--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra91777e28e29487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a631cbd11ca4303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44212a289de04beb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93cfef493eab411f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc48c9db1b8504054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44212a289de04beb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c299e23b18a4ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93cfef493eab411f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Primary Blue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>