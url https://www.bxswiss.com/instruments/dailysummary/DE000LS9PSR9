--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a631cbd11ca4303" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd12ac2a63ef24e44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93cfef493eab411f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28f603baf324467a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c299e23b18a4ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93cfef493eab411f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdcaf05bb1014d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28f603baf324467a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Primary Blue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>394,190</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>