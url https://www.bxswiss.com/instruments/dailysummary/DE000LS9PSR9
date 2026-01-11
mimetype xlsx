--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd12ac2a63ef24e44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35eb3ef8fbed4099" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28f603baf324467a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63aae02b339146f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdcaf05bb1014d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28f603baf324467a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbf4c217046a4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63aae02b339146f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Primary Blue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>402,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>402,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,168</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>