--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35eb3ef8fbed4099" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3576787b7c542ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63aae02b339146f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a8e6a74bb3a44db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbf4c217046a4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63aae02b339146f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c14baa2c4c948ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a8e6a74bb3a44db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Primary Blue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>398,193</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>