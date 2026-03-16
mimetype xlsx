--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3576787b7c542ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c9672af76764705" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a8e6a74bb3a44db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc7730f7f414b1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c14baa2c4c948ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a8e6a74bb3a44db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0a702494d154430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc7730f7f414b1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Primary Blue</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>