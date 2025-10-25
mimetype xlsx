--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R988bb680541f4e4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a6a8efef134789" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33c6df22987c43f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c85b0fe9e9f428d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f12553a644e4ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33c6df22987c43f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5eeb61290c249a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c85b0fe9e9f428d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeitsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>145,138</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,764</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...74 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,150</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>