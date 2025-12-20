--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a6a8efef134789" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8832a28e2fcc4ff7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c85b0fe9e9f428d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf22b4449b7bb48a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5eeb61290c249a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c85b0fe9e9f428d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11c4e635a5cd4cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf22b4449b7bb48a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeitsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>145,150</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...559 lines deleted...]
-          <x:t>150,468</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>