--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8832a28e2fcc4ff7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6fa97aff3a144e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf22b4449b7bb48a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0da154f16f504d5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11c4e635a5cd4cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf22b4449b7bb48a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab4aa5fa407e426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0da154f16f504d5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeitsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>145,363</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>