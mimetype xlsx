--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6fa97aff3a144e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7acc7365650741c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0da154f16f504d5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf75a63b54bd744b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab4aa5fa407e426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0da154f16f504d5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71c1f05aab914274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf75a63b54bd744b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeitsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>