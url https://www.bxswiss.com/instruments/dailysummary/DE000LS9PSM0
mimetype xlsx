--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref6b7e98262b4207" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfa010f8b7e8435d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd5299846228474a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb1445b250734e53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re39da1bfc53b4273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd5299846228474a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80b0e846df384ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb1445b250734e53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HONKY MONKEY - AKTIEN USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>99,175</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,329</x:t>
-[...117 lines deleted...]
-          <x:t>100,438</x:t>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>