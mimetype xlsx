--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfa010f8b7e8435d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bcb6e70140f4805" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb1445b250734e53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd069687778a94806"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80b0e846df384ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb1445b250734e53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00d83655d65c41bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd069687778a94806" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HONKY MONKEY - AKTIEN USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>94,113</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,577</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>94,794</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>