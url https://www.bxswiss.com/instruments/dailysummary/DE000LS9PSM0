--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bcb6e70140f4805" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6b110c13484452" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd069687778a94806"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4597c227a194d7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00d83655d65c41bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd069687778a94806" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88a07a9819f4458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4597c227a194d7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HONKY MONKEY - AKTIEN USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>