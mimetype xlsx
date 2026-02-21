--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6b110c13484452" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc943c22595414b50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4597c227a194d7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a6d58a282ee4cad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88a07a9819f4458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4597c227a194d7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67a873b9dd4d4a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a6d58a282ee4cad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HONKY MONKEY - AKTIEN USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,126</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>