--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc943c22595414b50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0a8b150b4aa4255" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a6d58a282ee4cad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5c8868ec9fb48c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67a873b9dd4d4a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a6d58a282ee4cad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raae906b7fe15464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5c8868ec9fb48c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HONKY MONKEY - AKTIEN USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>