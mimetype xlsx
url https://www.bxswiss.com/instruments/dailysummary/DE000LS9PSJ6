--- v0 (2025-10-25)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9191db26f02a40f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b5c68272b094c13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9f13f9e60864668"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0775cba8af1c421a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e6d996bd0b64213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9f13f9e60864668" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dfa7cdcf27e4dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0775cba8af1c421a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Risk Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>129,010</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>