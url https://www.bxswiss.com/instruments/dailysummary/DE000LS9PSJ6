--- v1 (2026-01-07)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b5c68272b094c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a3898fc0e104e4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0775cba8af1c421a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb682dfc483a6468f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dfa7cdcf27e4dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0775cba8af1c421a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7d849252b5e4764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb682dfc483a6468f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Risk Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>123,191</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>