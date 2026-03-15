--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a3898fc0e104e4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2dd52291c434815" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb682dfc483a6468f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9045d4a48826496a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7d849252b5e4764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb682dfc483a6468f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22a4e43fe20f41c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9045d4a48826496a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Risk Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,544 +149,112 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>120,174</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,602</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...334 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,476</x:t>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>