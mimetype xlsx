--- v0 (2025-11-01)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22119676054a46fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R033a9e7a6da7418e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17ceab1d5069454e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2307f6fc45144886"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfce6eb2cf8b9434a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17ceab1d5069454e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a43227fd4c54420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2307f6fc45144886" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schienenverkehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,079</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>165,524</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>