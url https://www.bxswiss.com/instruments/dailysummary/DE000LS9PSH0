--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R033a9e7a6da7418e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08590b074454af6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2307f6fc45144886"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30eddb3e83884a91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a43227fd4c54420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2307f6fc45144886" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab77628b9cb24b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30eddb3e83884a91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schienenverkehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>170,547</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>