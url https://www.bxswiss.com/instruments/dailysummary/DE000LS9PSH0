--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08590b074454af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54d4cadcc4ef4439" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30eddb3e83884a91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb74184f70a45a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab77628b9cb24b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30eddb3e83884a91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redce90621af042a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb74184f70a45a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schienenverkehr</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,347</x:t>
-[...43 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>176,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,336</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,051</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>