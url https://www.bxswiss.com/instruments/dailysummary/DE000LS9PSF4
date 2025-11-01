--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R408e2001841344f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b4c86a92ef24ef3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R237731b66a0649b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bc7e1c178644a47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54baa3f964ab4bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R237731b66a0649b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf023494f7c5a49bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bc7e1c178644a47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-NewMobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>