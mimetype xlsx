--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b4c86a92ef24ef3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ec0d66f0c6942fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bc7e1c178644a47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5092aad74cf24db2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf023494f7c5a49bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bc7e1c178644a47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R012dbe8d775b406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5092aad74cf24db2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-NewMobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>172,286</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>167,930</x:t>
-[...193 lines deleted...]
-          <x:t>183,300</x:t>
+          <x:t>173,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>