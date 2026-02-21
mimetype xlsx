--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ec0d66f0c6942fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7abe4870f124f9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5092aad74cf24db2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91f3821bbdaa410a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R012dbe8d775b406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5092aad74cf24db2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d48d39c01a840fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91f3821bbdaa410a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-NewMobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>180,106</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>