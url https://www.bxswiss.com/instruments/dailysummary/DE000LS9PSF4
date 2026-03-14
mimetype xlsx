--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7abe4870f124f9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re418656ede594919" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91f3821bbdaa410a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d8c672dc13a4f58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d48d39c01a840fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91f3821bbdaa410a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R521e149b55984050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d8c672dc13a4f58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global-NewMobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>176,316</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,324</x:t>
-[...26 lines deleted...]
-          <x:t>173,743</x:t>
+          <x:t>180,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,008</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>178,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>