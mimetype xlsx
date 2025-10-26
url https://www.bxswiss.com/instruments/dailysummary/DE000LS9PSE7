--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4a86a1c7e8341c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21643888ef6e4ef5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf18f5fb31f3c4f1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69a5c697cb804599"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9184f5bc33947e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf18f5fb31f3c4f1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R435df1182c00452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69a5c697cb804599" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Core Satellite - Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>