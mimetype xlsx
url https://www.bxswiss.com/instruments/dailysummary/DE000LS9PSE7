--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21643888ef6e4ef5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf6042a8be414b9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69a5c697cb804599"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1953c742d4fb4686"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R435df1182c00452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69a5c697cb804599" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e35c10af4e748a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1953c742d4fb4686" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Core Satellite - Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>142,722</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>