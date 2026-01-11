--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf6042a8be414b9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra429c131ff4b41b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1953c742d4fb4686"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb26d4484a20a48ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e35c10af4e748a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1953c742d4fb4686" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93e1e19b00944583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb26d4484a20a48ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Core Satellite - Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>