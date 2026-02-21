--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra429c131ff4b41b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22dec602d1454e45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb26d4484a20a48ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a786f64ba5547cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93e1e19b00944583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb26d4484a20a48ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71337def8c954473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a786f64ba5547cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Core Satellite - Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>147,963</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>