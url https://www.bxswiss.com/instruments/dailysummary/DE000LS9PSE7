--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22dec602d1454e45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb674ad737a94ddb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a786f64ba5547cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc152f87130642d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71337def8c954473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a786f64ba5547cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eb1af44580f4f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc152f87130642d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Core Satellite - Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>