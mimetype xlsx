--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f5880607d624c33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad463e4334d84001" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4933e19fc244bf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16b5452571d049d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98078112f2bb4e9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4933e19fc244bf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd6de976b92f4f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16b5452571d049d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chance Rohstoffexplorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>