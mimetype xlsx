--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad463e4334d84001" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58273c7bf885439f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16b5452571d049d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cf7729713e549c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd6de976b92f4f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16b5452571d049d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ab9becfca494012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cf7729713e549c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chance Rohstoffexplorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>27,436</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,428</x:t>
-[...85 lines deleted...]
-          <x:t>27,813</x:t>
+          <x:t>37,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>