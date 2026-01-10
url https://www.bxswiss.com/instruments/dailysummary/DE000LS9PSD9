--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58273c7bf885439f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3def5b006304a0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cf7729713e549c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc18b5499c8194398"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ab9becfca494012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cf7729713e549c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2171ad16d984d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc18b5499c8194398" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chance Rohstoffexplorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>