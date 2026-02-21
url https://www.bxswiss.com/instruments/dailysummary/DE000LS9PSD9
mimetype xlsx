--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3def5b006304a0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdd7465c231c498e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc18b5499c8194398"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R004c706e52f14ee2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2171ad16d984d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc18b5499c8194398" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d8df66ccdf40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R004c706e52f14ee2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chance Rohstoffexplorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>43,242</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,797</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>43,721</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>