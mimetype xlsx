--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdd7465c231c498e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6692ba64d002499b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R004c706e52f14ee2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f0aa8a13816450a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d8df66ccdf40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R004c706e52f14ee2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R923ddb29ad354774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f0aa8a13816450a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chance Rohstoffexplorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>46,165</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,815</x:t>
-[...48 lines deleted...]
-          <x:t>45,053</x:t>
+          <x:t>44,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...370 lines deleted...]
-          <x:t>45,695</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>