--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99452ecb3ede483e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R265709aed1ee4cdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R323fed64bbfd46b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bd37f2fc8ec4091"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc63568e4d947428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R323fed64bbfd46b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f7aa9c175634a36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bd37f2fc8ec4091" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Sieben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>278,525</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>