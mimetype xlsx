--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R265709aed1ee4cdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfbf2189979d4419" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bd37f2fc8ec4091"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eacc316729644e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f7aa9c175634a36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bd37f2fc8ec4091" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80736fd4cbb34a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eacc316729644e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Sieben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>256,945</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>