--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfbf2189979d4419" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9b1747738a14d16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eacc316729644e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c6d851aad6e408b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80736fd4cbb34a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eacc316729644e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra720e6aa4a4d4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c6d851aad6e408b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Sieben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>