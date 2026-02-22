--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9b1747738a14d16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc546083e14894f32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c6d851aad6e408b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a979d7079e94af3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra720e6aa4a4d4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c6d851aad6e408b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02c7c4f356d54507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a979d7079e94af3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Sieben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>279,789</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>