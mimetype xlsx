--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc546083e14894f32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4145cc3d9bd4bbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a979d7079e94af3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R283d24dd1a794b1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02c7c4f356d54507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a979d7079e94af3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cb7bb9addf9432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R283d24dd1a794b1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Sieben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PSC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>