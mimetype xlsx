--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b70428fd598480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c2ebc63d73c44a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R447f949c62114cb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfc878934d864407"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9faac3bcd7c4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R447f949c62114cb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfec9bd1cd2644fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfc878934d864407" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger - Gaming - Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>