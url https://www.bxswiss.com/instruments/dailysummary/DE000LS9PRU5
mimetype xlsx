--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c2ebc63d73c44a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6decad15d3734362" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfc878934d864407"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R957c5539830a42f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfec9bd1cd2644fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfc878934d864407" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75d8a36c411f4388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R957c5539830a42f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger - Gaming - Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,151</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>