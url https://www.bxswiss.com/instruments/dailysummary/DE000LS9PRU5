--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6decad15d3734362" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08a52329b64b4487" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R957c5539830a42f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8df3b4e00cc1418c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75d8a36c411f4388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R957c5539830a42f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94b0f1662fe44d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8df3b4e00cc1418c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger - Gaming - Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...333 lines deleted...]
-          <x:t>175,414</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,928</x:t>
-[...296 lines deleted...]
-          <x:t>171,304</x:t>
+          <x:t>173,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>