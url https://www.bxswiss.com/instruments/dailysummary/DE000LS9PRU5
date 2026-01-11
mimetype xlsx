--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08a52329b64b4487" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b22d60f511482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8df3b4e00cc1418c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c606a4af45446cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94b0f1662fe44d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8df3b4e00cc1418c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf9601e0ad5141f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c606a4af45446cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger - Gaming - Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>