--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b22d60f511482f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644dc6f41ac94630" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c606a4af45446cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd060916398e4070"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf9601e0ad5141f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c606a4af45446cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3abbd99355e54d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd060916398e4070" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger - Gaming - Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,686</x:t>
-[...63 lines deleted...]
-          <x:t>172,829</x:t>
+          <x:t>172,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>