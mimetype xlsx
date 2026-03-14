--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R644dc6f41ac94630" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R814576b9d7574e69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd060916398e4070"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaec839223a141ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3abbd99355e54d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd060916398e4070" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50ee5f6c17df4609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaec839223a141ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger - Gaming - Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,989</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>