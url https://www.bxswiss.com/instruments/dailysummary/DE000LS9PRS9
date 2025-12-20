--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra68adcecb97449cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a00a70ad4bb4729" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raca0962fde4f417e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c0ebf6a19184897"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a9ea29e79db444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raca0962fde4f417e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f07c7dfca0747e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c0ebf6a19184897" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GOT Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>95,995</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,446</x:t>
-[...571 lines deleted...]
-          <x:t>98,581</x:t>
+          <x:t>99,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>