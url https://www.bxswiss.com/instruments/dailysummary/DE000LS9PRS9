--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a00a70ad4bb4729" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20c4124be5fe4b54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c0ebf6a19184897"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe9ebae0305b4123"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f07c7dfca0747e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c0ebf6a19184897" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22bc939ea8e64c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe9ebae0305b4123" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GOT Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>