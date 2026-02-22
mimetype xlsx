--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20c4124be5fe4b54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc312e62473ef465b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe9ebae0305b4123"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R657eb98efd564a70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22bc939ea8e64c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe9ebae0305b4123" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ffcec4a45ba438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R657eb98efd564a70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GOT Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,311</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>