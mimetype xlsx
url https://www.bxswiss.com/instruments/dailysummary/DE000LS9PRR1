--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaec93eb0508441c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80dd088175b948ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf48c2d3b42df486c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re45afcdb61c24745"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R277b8e2f73534cd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf48c2d3b42df486c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bf907718bd44341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re45afcdb61c24745" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silbermine Goldmine Pennystocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>168,872</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>