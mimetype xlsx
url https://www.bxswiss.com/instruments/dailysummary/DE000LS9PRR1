--- v1 (2025-11-25)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80dd088175b948ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20274ad794cd4082" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re45afcdb61c24745"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2a56739f9d94d10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bf907718bd44341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re45afcdb61c24745" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfef3d105a11a48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2a56739f9d94d10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silbermine Goldmine Pennystocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>