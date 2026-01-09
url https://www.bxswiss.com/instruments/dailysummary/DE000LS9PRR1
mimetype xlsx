--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20274ad794cd4082" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c2d4070e37346fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2a56739f9d94d10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b326611b086461e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfef3d105a11a48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2a56739f9d94d10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dffe941f1624cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b326611b086461e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silbermine Goldmine Pennystocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>