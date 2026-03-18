--- v3 (2026-01-09)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c2d4070e37346fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32be52d5372f40cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b326611b086461e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24507d4934014c2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dffe941f1624cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b326611b086461e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25b657de02924078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24507d4934014c2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silbermine Goldmine Pennystocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>169,161</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>