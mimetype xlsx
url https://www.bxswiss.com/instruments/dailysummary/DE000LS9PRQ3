--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R941b413208984726" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e9f6f4764340cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a4c062e05cf427a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7b5d88cbd03481f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1efd6cb2abf4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a4c062e05cf427a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R845ae537dd904597" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7b5d88cbd03481f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lippisches Investieren - SWAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>164,122</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,003</x:t>
-[...21 lines deleted...]
-          <x:t>167,225</x:t>
+          <x:t>166,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,043</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>165,589</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>