--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e9f6f4764340cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952d0ccd60d341c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7b5d88cbd03481f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R879dcbf270c04bfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R845ae537dd904597" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7b5d88cbd03481f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33280af5fb094598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R879dcbf270c04bfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lippisches Investieren - SWAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,142</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>