--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952d0ccd60d341c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5b1a793c7e1465a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R879dcbf270c04bfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96b99cdcc86a4569"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33280af5fb094598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R879dcbf270c04bfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc47b6d0a5d504911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96b99cdcc86a4569" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lippisches Investieren - SWAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>173,568</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>