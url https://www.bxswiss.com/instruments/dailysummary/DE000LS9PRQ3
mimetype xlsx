--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5b1a793c7e1465a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc28c9f21c0f4a43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96b99cdcc86a4569"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd92ba9e5ad634632"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc47b6d0a5d504911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96b99cdcc86a4569" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e733e5af1044ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd92ba9e5ad634632" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lippisches Investieren - SWAN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>