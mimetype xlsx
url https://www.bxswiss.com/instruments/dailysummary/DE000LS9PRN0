--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7a7e20379ee483d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb420ba8313d847df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a388e01b42b4887"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd26b7c3b370c49be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe3fcf43da21410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a388e01b42b4887" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reea3193f14d5405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd26b7c3b370c49be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CHI Dauerlauf-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>136,694</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>