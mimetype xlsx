--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb420ba8313d847df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f21bbd996c4f02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd26b7c3b370c49be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3d5ce0c98fe4ee0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reea3193f14d5405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd26b7c3b370c49be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8df8404a4ef49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3d5ce0c98fe4ee0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CHI Dauerlauf-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>133,399</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,492</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...315 lines deleted...]
-          <x:t>130,968</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,922</x:t>
-[...31 lines deleted...]
-          <x:t>132,703</x:t>
+          <x:t>132,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>