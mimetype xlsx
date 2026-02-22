--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f21bbd996c4f02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0c1f17aa9c64737" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3d5ce0c98fe4ee0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d73b124722c4ce9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8df8404a4ef49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3d5ce0c98fe4ee0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09bc2c71dd7d4ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d73b124722c4ce9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CHI Dauerlauf-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>137,572</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>