--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0c1f17aa9c64737" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae7f2b6e10174b5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d73b124722c4ce9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R960152955d0c425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09bc2c71dd7d4ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d73b124722c4ce9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84f901131e08437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R960152955d0c425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CHI Dauerlauf-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>