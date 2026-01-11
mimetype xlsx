--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49221679aea14adc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R990da8a498b44402" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13c2f5c113404379"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6118bff441e84dad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67619e6b3c004a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13c2f5c113404379" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28e9f7f8db934c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6118bff441e84dad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Kandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>91,909</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>