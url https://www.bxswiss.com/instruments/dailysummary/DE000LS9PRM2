--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R990da8a498b44402" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd72640b3e55e4a8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6118bff441e84dad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98a57b39ac324a40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28e9f7f8db934c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6118bff441e84dad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec06ad6b9a54ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98a57b39ac324a40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Kandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>95,808</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>