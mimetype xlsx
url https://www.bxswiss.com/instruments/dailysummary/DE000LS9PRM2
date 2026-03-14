--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd72640b3e55e4a8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f819f69d81e4215" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98a57b39ac324a40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64dad41bb28042c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec06ad6b9a54ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98a57b39ac324a40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbead26e539ff40f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64dad41bb28042c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Kandidaten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PRM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>